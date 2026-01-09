--- v0 (2025-10-06)
+++ v1 (2026-01-09)
@@ -29,150 +29,150 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Nr naboru</t>
   </si>
   <si>
     <t>Instytucja ogłaszająca</t>
   </si>
   <si>
     <t>Tytuł</t>
   </si>
   <si>
     <t>Data rozpoczęcia naboru</t>
   </si>
   <si>
     <t>Data zakończenia naboru</t>
   </si>
   <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 - 2027 z dniem 15 grudnia 2025 roku ogłasza nabór wniosków w sposób niekonkurencyjny nr FEWP.03.02-IZ.00-004/25 w ramach Działania 03.02 Rozwój zrównoważonej mobilności miejskiej w ramach ZIT. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 3.2 Rozwój zrównoważonej mobilności miejskiej w ramach ZIT</t>
+  </si>
+  <si>
+    <t>15.12.2025</t>
+  </si>
+  <si>
+    <t>31.03.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 - 2027 z dniem 15 grudnia 2025 roku ogłasza nabór wniosków w sposób niekonkurencyjny nr FEWP.02.06-IZ.00-004/25 w ramach Działania 02.06 Zwiększenie odporności na zmiany klimatu i klęski żywiołowe w ramach ZIT. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 2.6 Zwiększenie odporności na zmiany klimatu i klęski żywiołowe w ramach ZIT</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 1 grudnia 2025 r. ogłasza nabór wniosków nr FEWP.01.01-IZ.00-001/25 w ramach Działania 01.01 Wsparcie potencjału B+R podmiotów badawczych w regionie. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 1.1 Wsparcie potencjału B+R podmiotów badawczych w regionie.</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
+  </si>
+  <si>
+    <t>30.01.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 21.11.2025 r. ogłasza nabór nr FEWP.06.07-IZ.00-002/25. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 6.7 Edukacja przedszkolna, ogólna oraz kształcenie zawodowe – Rozwój kompetencji, umiejętności, uzdolnień i zainteresowań uczniów poza edukacją formalną, poprawa jakości edukacji.</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>23.01.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 – 2027 z dniem 27 października 2025 r. ogłasza nabór wniosków w sposób niekonkurencyjny nr FEWP.01.03-IZ.00-001/25 w ramach Działania 01.03 Rozwój e-usług i e-zasobów publicznych. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 1.3 Rozwój e-usług i e-zasobów publicznych</t>
+  </si>
+  <si>
+    <t>27.10.2025</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 17.10.2025 r. ogłasza nabór nr FEWP.06.14-IZ.00-003/25. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 6.14. Usługi społeczne i zdrowotne w ramach ZIT – ZIT LOF, ZIT MOF Piły.</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>12.12.2025</t>
+  </si>
+  <si>
     <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 26.09.2025 r. ogłasza nabór wniosków nr FEWP.06.05-IZ.00-001/25 w ramach Działania 06.05 Wsparcie pracowników i pracodawców w ramach ZIT- ZIT MOF Poznania, ZIT LOF, ZIT OF Kolsko-Turecki, ZIT OF Gniezna. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
   </si>
   <si>
     <t>Działanie 6.5 Wsparcie pracowników i pracodawców w ramach ZIT - ZIT MOF Poznania, ZIT LOF, ZIT OF Kolsko-Turecki, ZIT OF Gniezna</t>
   </si>
   <si>
     <t>26.09.2025</t>
   </si>
   <si>
-    <t>21.11.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 - 2027 z dniem 19.09.2025 r. ogłasza nabór wniosków nr FEWP.06.08-IZ.00-003/25. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
   </si>
   <si>
     <t>Działanie 6.8 Edukacja przedszkolna, ogólna oraz kształcenie zawodowe w ramach ZIT (ZIT OF Kolsko – Turecki, ZIT LOF – projekty poniżej 200 tys. euro)</t>
   </si>
   <si>
     <t>03.10.2025</t>
   </si>
   <si>
     <t>Wojewódzki Urząd Pracy w Poznaniu jako Instytucja Pośrednicząca Programu Fundusze Europejskie dla Wielkopolski na lata 2021 - 2027 z dniem 12.09.2025 r. ogłasza nabór wniosków o dofinansowanie projektów nr FEWP.06.10-IP.01-002/25, w ramach Działania FEWP.06.10 Aktywna integracja. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
   </si>
   <si>
     <t>Działanie 6.10 Aktywna integracja</t>
   </si>
   <si>
     <t>15.09.2025</t>
   </si>
   <si>
     <t>07.11.2025</t>
   </si>
   <si>
     <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 12.09.2025 r. ogłasza nabór nr FEWP.06.07-IZ.00-001/25. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
   </si>
   <si>
     <t>Działanie 6.7 Edukacja przedszkolna, ogólna oraz kształcenie zawodowe - szkolnictwo zawodowe</t>
   </si>
   <si>
     <t>19.09.2025</t>
-  </si>
-[...58 lines deleted...]
-    <t>01.08.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -489,220 +489,220 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="178.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="1"/>
       <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1"/>
       <c r="B4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1"/>
       <c r="B5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1"/>
       <c r="B6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1"/>
       <c r="B7" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1"/>
       <c r="B8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="D8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1"/>
       <c r="B9" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1"/>
       <c r="B10" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1"/>
       <c r="B11" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>