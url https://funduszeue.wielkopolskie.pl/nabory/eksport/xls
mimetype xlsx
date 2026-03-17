--- v1 (2026-01-09)
+++ v2 (2026-03-17)
@@ -12,167 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Nr naboru</t>
   </si>
   <si>
     <t>Instytucja ogłaszająca</t>
   </si>
   <si>
     <t>Tytuł</t>
   </si>
   <si>
     <t>Data rozpoczęcia naboru</t>
   </si>
   <si>
     <t>Data zakończenia naboru</t>
   </si>
   <si>
-    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 - 2027 z dniem 15 grudnia 2025 roku ogłasza nabór wniosków w sposób niekonkurencyjny nr FEWP.03.02-IZ.00-004/25 w ramach Działania 03.02 Rozwój zrównoważonej mobilności miejskiej w ramach ZIT. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 - 2027 z 16.03.2026 ogłasza nabór wniosków nr FEWP.13.01-IZ.00-001/26 w ramach Działania 13.1 Wsparcie instytucji, beneficjentów i partnerów oraz informacja i komunikacja o Programie. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 13.1 Wsparcie instytucji, beneficjentów i partnerów oraz informacja i komunikacja o Programie</t>
+  </si>
+  <si>
+    <t>16.03.2026</t>
+  </si>
+  <si>
+    <t>30.03.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 - 2027 z dniem 16 marca 2026 roku ogłasza nabór wniosków w sposób niekonkurencyjny nr FEWP.10.05-IZ.00-001/26 w ramach Działania 10.05 Sprawnie funkcjonujący i zdekarbonizowany transport publiczny. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 10.5 Sprawnie funkcjonujący i zdekarbonizowany transport publiczny</t>
+  </si>
+  <si>
+    <t>29.05.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 13.03.2026 r. ogłasza nabór nr FEWP.06.18-IZ.00-002/26. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 6.18 Integracja i aktywizacja społeczna oraz wsparcie potencjału w ramach ZIT - działania na rzecz wzmocnienia potencjału Zintegrowanych Inwestycji Terytorialnych na terenie pięciu Obszarów Funkcjonalnych</t>
+  </si>
+  <si>
+    <t>13.03.2026</t>
+  </si>
+  <si>
+    <t>15.05.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 27.02.2026 r. ogłasza nabór nr FEWP.06.18-IZ.00-001/26. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 6.18 Integracja i aktywizacja społeczna oraz wsparcie potencjału w ramach ZIT – ZIT MOF Poznania - budowanie zdolności organizacji społeczeństwa obywatelskiego działających w regionie, w tym wzmocnienie ich potencjału</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
+  </si>
+  <si>
+    <t>24.04.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 2 marca 2026 roku ogłasza nabór wniosków w sposób konkurencyjny nr FEWP.01.01-IZ.00-001/26 w ramach Działania 01.01 Wsparcie potencjału B+R podmiotów badawczych w regionie. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 1.1 Wsparcie potencjału B+R podmiotów badawczych w regionie</t>
+  </si>
+  <si>
+    <t>02.03.2026</t>
+  </si>
+  <si>
+    <t>17.04.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 - 2027 z dniem 23 lutego 2026 roku ogłasza nabór wniosków w sposób konkurencyjny nr FEWP.02.06-IZ.00-001/26 w ramach Działania 02.06 Zwiększenie odporności na zmiany klimatu i klęski żywiołowe w ramach ZIT. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 2.6 Zwiększenie odporności na zmiany klimatu i klęski żywiołowe w ramach ZIT</t>
+  </si>
+  <si>
+    <t>23.02.2026</t>
+  </si>
+  <si>
+    <t>Wojewódzki Urząd Pracy w Poznaniu jako Instytucja Pośrednicząca Programu Fundusze Europejskie dla Wielkopolski 2021 - 2027 z dniem 19.02.2026 ogłasza nabór wniosków nr FEWP.06.10-IP.01-001/26 w ramach FEWP.06.10 Aktywna integracja. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 6.10 Aktywna integracja</t>
+  </si>
+  <si>
+    <t>19.02.2026</t>
+  </si>
+  <si>
+    <t>31.03.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 – 2027 z dniem 16 lutego 2026 r. ogłasza nabór wniosków w sposób konkurencyjny nr FEWP.01.04-IZ.00-001/26 w ramach Działania 01.04 Rozwój e-usług i e-zasobów publicznych w ramach ZIT. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 1.4 Rozwój e-usług i e-zasobów publicznych w ramach ZIT</t>
+  </si>
+  <si>
+    <t>16.02.2026</t>
+  </si>
+  <si>
+    <t>10.04.2026</t>
+  </si>
+  <si>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021 - 2027 z dniem 16 lutego 2026 roku ogłasza nabór wniosków w sposób konkurencyjny nr FEWP.03.02-IZ.00-001/26 w ramach Działania 03.02 Rozwój zrównoważonej mobilności miejskiej w ramach ZIT. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
   </si>
   <si>
     <t>Działanie 3.2 Rozwój zrównoważonej mobilności miejskiej w ramach ZIT</t>
   </si>
   <si>
-    <t>15.12.2025</t>
-[...92 lines deleted...]
-    <t>19.09.2025</t>
+    <t>Zarząd Województwa Wielkopolskiego jako Instytucja Zarządzająca Programem Fundusze Europejskie dla Wielkopolski 2021-2027 z dniem 06.02.2026 r. ogłasza nabór nr FEWP.06.15-IZ.00-001/26. Ogłoszenie zostało opublikowane przez Urząd Marszałkowski Województwa Wielkopolskiego.</t>
+  </si>
+  <si>
+    <t>Działanie 6.15. Wsparcie rodziny i systemu pieczy zastępczej - Poprawa dostępu i jakości usług wsparcia rodziny</t>
+  </si>
+  <si>
+    <t>06.02.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -488,221 +491,221 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="484.739" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="268.934" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="1"/>
       <c r="B3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1"/>
       <c r="B4" s="1" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1"/>
       <c r="B5" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1"/>
       <c r="B6" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1"/>
       <c r="B7" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1"/>
       <c r="B8" s="1" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1"/>
       <c r="B9" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1"/>
       <c r="B10" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D10" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" s="1" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1"/>
       <c r="B11" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>